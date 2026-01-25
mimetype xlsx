--- v0 (2025-10-24)
+++ v1 (2026-01-25)
@@ -111,51 +111,51 @@
   <si>
     <t>Stationärer Nettoumsatz Deutschland in Millionen Euro</t>
   </si>
   <si>
     <t>Edeka (Supermärkte)</t>
   </si>
   <si>
     <t>Lidl</t>
   </si>
   <si>
     <t>Rewe (Supermärkte)</t>
   </si>
   <si>
     <t>Kaufland</t>
   </si>
   <si>
     <t>Aldi Süd</t>
   </si>
   <si>
     <t>Netto Marken-Discount</t>
   </si>
   <si>
     <t>Aldi Nord</t>
   </si>
   <si>
-    <t>dm-Drogeriemarkt</t>
+    <t>dm-drogerie markt</t>
   </si>
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Rossmann</t>
   </si>
   <si>
     <t>Media Markt</t>
   </si>
   <si>
     <t>Ikea</t>
   </si>
   <si>
     <t>Norma</t>
   </si>
   <si>
     <t>Bauhaus</t>
   </si>
   <si>
     <t>Globus SB-Warenhaus</t>
   </si>
   <si>
     <t>Obi</t>
   </si>