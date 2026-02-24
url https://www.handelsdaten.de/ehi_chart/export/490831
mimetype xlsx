--- v0 (2025-10-26)
+++ v1 (2026-02-24)
@@ -84,51 +84,51 @@
   </si>
   <si>
     <t>Veröffentlichung</t>
   </si>
   <si>
     <t>Veröffentlicht durch</t>
   </si>
   <si>
     <t>Herkunftsverweis</t>
   </si>
   <si>
     <t>„Stationärer Einzelhandel Deutschland 2025“</t>
   </si>
   <si>
     <t>Veröffentlichungsdatum</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Hinweis</t>
   </si>
   <si>
     <t>Methodik:
 Die Studie Stationärer Einzelhandel Deutschland 2025 ist eine Marktstudie der 1.000 größten Vertriebslinien des deutschen Einzelhandels. Die Erhebung fand im Zeitraum April bis Juni 2025 statt. Die Angaben zu den Umsatzerlösen wurden dem letzten abgeschlossenen Geschäftsjahr entnommen. Die Zahl der Filialen, die Daten zur Geschäftsleitung, Konzernzugehörigkeit und weitere Kennzahlen stammen aus der Erhebungsperiode.
-Die Studiendesign umfasst eine Befragung der Handelsunternehmen nach Vertriebslinien, Umsätzen und Verkaufsstellen. Die Datenbasis wird  dabei ergänzt aus einer Vielzahl von Sekundärdaten professioneller Datenbanken (EHI-Handelsdaten, Geschäftsberichte, Bundesanzeiger, andere Forschungsinstitute). Die Identifikation der Treiber des stationären Umsatzes erfolgt auf Basis der vorliegenden Daten, wobei die Einflussstärke der Treiber durch eine Regressionsanalyse quantifiziert wird.  Fehlende Umsatzdaten werden dadurch approximiert. Die 1.000 umsatzstärksten Vertriebslinien werden insgesamt sieben Branchen zugeordnet. Die Branchen sind: Lebensmitteleinzelhandel DIY &amp; Einrichten, Mode &amp; Accessoires, Technik, Körper &amp; Gesundheit, Hobby &amp; Freizeit und Waren- und Kaufhäuser. Jede Branche wird wiederum in bis zu 10 Unterbranchen aufgeteilt.</t>
+Die Studiendesign umfasst eine Befragung der Handelsunternehmen nach Vertriebslinien, Umsätzen und Verkaufsstellen. Die Datenbasis wird  dabei ergänzt aus einer Vielzahl von Sekundärdaten professioneller Datenbanken (EHI-Handelsdaten, Geschäftsberichte, Bundesanzeiger, andere Forschungsinstitute). Die Identifikation der Treiber des stationären Umsatzes erfolgt auf Basis der vorliegenden Daten, wobei die Einflussstärke der Treiber durch eine Regressionsanalyse quantifiziert wird.  Fehlende Umsatzdaten werden dadurch approximiert. Die 1.000 umsatzstärksten Vertriebslinien werden insgesamt sieben Branchen zugeordnet. Die Branchen sind: Lebensmitteleinzelhandel, DIY &amp; Einrichten, Mode &amp; Accessoires, Technik, Körper &amp; Gesundheit, Hobby &amp; Freizeit und Waren- und Kaufhäuser. Jede Branche wird wiederum in bis zu 10 Unterbranchen aufgeteilt.</t>
   </si>
   <si>
     <t>Vertriebslinie</t>
   </si>
   <si>
     <t>Ranking der fünf größten Vertriebslinien im deutschen stationären Möbeleinzelhandel (Möbelhäuser und Möbeldiscounter), gemessen am Nettoumsatz 2024 (in Millionen Euro)</t>
   </si>
   <si>
     <t>Stationärer Nettoumsatz Deutschland (in Millionen Euro)</t>
   </si>
   <si>
     <t>Ikea</t>
   </si>
   <si>
     <t>Höffner</t>
   </si>
   <si>
     <t>Poco</t>
   </si>
   <si>
     <t>Jysk</t>
   </si>
   <si>
     <t>Porta</t>
   </si>