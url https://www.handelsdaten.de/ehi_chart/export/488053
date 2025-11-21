--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -70,72 +70,72 @@
   <si>
     <t>Eigenschaften</t>
   </si>
   <si>
     <t>Altersgruppe</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Deutschland</t>
   </si>
   <si>
     <t>Veröffentlichung</t>
   </si>
   <si>
     <t>Veröffentlicht durch</t>
   </si>
   <si>
     <t>Idealo Internet GmbH</t>
   </si>
   <si>
     <t>Herkunftsverweis</t>
   </si>
   <si>
-    <t>Idealo Internet GmbH – Black-Friday-Umfrage, Seite 21</t>
+    <t>Idealo Internet GmbH – Black-Friday-Umfrage 2024, Seite 21</t>
   </si>
   <si>
     <t>Veröffentlichungsdatum</t>
   </si>
   <si>
     <t>Oktober 2024</t>
   </si>
   <si>
     <t>Hinweis</t>
   </si>
   <si>
     <t xml:space="preserve">Basis: Die Daten basieren auf einer Online-Befragung, die vom 2. bis 16. September 2024 in Zusammenarbeit mit der Kantar GmbH durchgeführt wurde. Befragt wurde eine für Online-Shopper:innen repräsentative Gruppe von 2.020 Verbraucher:innen in Deutschland im Alter zwischen 18 und 64 Jahren. </t>
   </si>
   <si>
     <t>Shopping</t>
   </si>
   <si>
     <t>„Haben Sie vor, am diesjährigen Black Friday vorwiegend im Internet oder im stationären Handel zu shoppen?“ – Anteil der im Rahmen einer Online-Umfrage zum Black Friday 2024 befragten Verbraucher:innen (in Prozent)</t>
   </si>
   <si>
-    <t>Anteil der befragten Verbraucher:innen in Prozent</t>
+    <t>Anteil der befragten Verbraucher:innen (in Prozent)</t>
   </si>
   <si>
     <t>Im Internet</t>
   </si>
   <si>
     <t>Im stationären Handel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>